--- v0 (2026-01-30)
+++ v1 (2026-03-29)
@@ -23,51 +23,51 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="BOTANICALRECORDS" sheetId="1" r:id="rId1"/>
     <sheet name="SPECIMENBARCODE" sheetId="2" r:id="rId3"/>
     <sheet name="TAXONDESCRIPTIONS" sheetId="3" r:id="rId4"/>
     <sheet name="LITERATURE" sheetId="4" r:id="rId5"/>
     <sheet name="USES" sheetId="5" r:id="rId6"/>
     <sheet name="TAXON" sheetId="6" r:id="rId7"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="305" uniqueCount="305">
   <si>
     <t>Biodiversity Advisor Search Results</t>
   </si>
   <si>
-    <t xml:space="preserve">Downloaded from Biodiversity Advisor (https://biodiversityadvisor.sanbi.org)  [Accessed (please insert date of download 1/30/2026 9:20:18 AM.</t>
+    <t xml:space="preserve">Downloaded from Biodiversity Advisor (https://biodiversityadvisor.sanbi.org)  [Accessed (please insert date of download 3/29/2026 12:26:04 PM.</t>
   </si>
   <si>
     <t>Acknowledgement and attribution</t>
   </si>
   <si>
     <t>South African National Biodiversity Institute. 2023. Available: https://biodiversityadvisor.sanbi.org</t>
   </si>
   <si>
     <t>ELEVATION</t>
   </si>
   <si>
     <t>CULTIVATED</t>
   </si>
   <si>
     <t>MUSEUMCODE</t>
   </si>
   <si>
     <t>LOCALITYNOTES</t>
   </si>
   <si>
     <t>COLLECTIONYEAR</t>
   </si>
   <si>
     <t>LLRESOLUTION</t>
   </si>
@@ -996,51 +996,51 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:CD31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="138.731414794922" customWidth="1"/>
+    <col min="1" max="1" width="139.869979858398" customWidth="1"/>
     <col min="2" max="2" width="14.1555633544922" customWidth="1"/>
     <col min="3" max="3" width="16.2056007385254" customWidth="1"/>
     <col min="4" max="4" width="73.6049957275391" customWidth="1"/>
     <col min="5" max="5" width="18.9249477386475" customWidth="1"/>
     <col min="6" max="6" width="16.4443302154541" customWidth="1"/>
     <col min="7" max="7" width="16.4186573028564" customWidth="1"/>
     <col min="8" max="8" width="16.128345489502" customWidth="1"/>
     <col min="9" max="9" width="83.2320556640625" customWidth="1"/>
     <col min="10" max="10" width="16.3991889953613" customWidth="1"/>
     <col min="11" max="11" width="19.5752983093262" customWidth="1"/>
     <col min="12" max="12" width="17.8236141204834" customWidth="1"/>
     <col min="13" max="13" width="16.3280620574951" customWidth="1"/>
     <col min="14" max="14" width="185.063339233398" customWidth="1"/>
     <col min="15" max="15" width="20.2256126403809" customWidth="1"/>
     <col min="16" max="16" width="21.1659736633301" customWidth="1"/>
     <col min="17" max="17" width="51.5294723510742" customWidth="1"/>
     <col min="18" max="18" width="15.2131252288818" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -2409,51 +2409,51 @@
         <v>41</v>
       </c>
       <c r="P31" s="0" t="s">
         <v>153</v>
       </c>
       <c r="Q31" s="0" t="s">
         <v>154</v>
       </c>
       <c r="R31" s="0" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:BX35"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="138.731414794922" customWidth="1"/>
+    <col min="1" max="1" width="139.869979858398" customWidth="1"/>
     <col min="2" max="2" width="18.9249477386475" customWidth="1"/>
     <col min="3" max="3" width="16.8503913879395" customWidth="1"/>
     <col min="4" max="4" width="16.4186573028564" customWidth="1"/>
     <col min="5" max="5" width="17.5667171478271" customWidth="1"/>
     <col min="6" max="6" width="17.8236141204834" customWidth="1"/>
     <col min="7" max="7" width="17.1952381134033" customWidth="1"/>
     <col min="8" max="8" width="21.9820461273193" customWidth="1"/>
     <col min="9" max="9" width="40.2018508911133" customWidth="1"/>
     <col min="10" max="10" width="63.0541000366211" customWidth="1"/>
     <col min="11" max="11" width="21.1659736633301" customWidth="1"/>
     <col min="12" max="12" width="21.3445873260498" customWidth="1"/>
     <col min="13" max="13" width="9.140625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="9.140625" customWidth="1"/>
     <col min="17" max="17" width="9.140625" customWidth="1"/>
     <col min="18" max="18" width="9.140625" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -3572,51 +3572,51 @@
         <v>162</v>
       </c>
       <c r="J35" s="0" t="s">
         <v>22</v>
       </c>
       <c r="K35" s="0" t="s">
         <v>153</v>
       </c>
       <c r="L35" s="0" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:BQ21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="138.731414794922" customWidth="1"/>
+    <col min="1" max="1" width="139.869979858398" customWidth="1"/>
     <col min="2" max="2" width="12.666654586792" customWidth="1"/>
     <col min="3" max="3" width="12.9443483352661" customWidth="1"/>
     <col min="4" max="4" width="245.254837036133" customWidth="1"/>
     <col min="5" max="5" width="256" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="9.140625" customWidth="1"/>
     <col min="11" max="11" width="9.140625" customWidth="1"/>
     <col min="12" max="12" width="9.140625" customWidth="1"/>
     <col min="13" max="13" width="9.140625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="9.140625" customWidth="1"/>
     <col min="17" max="17" width="9.140625" customWidth="1"/>
     <col min="18" max="18" width="9.140625" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -3944,51 +3944,51 @@
         <v>199</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>181</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>182</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>200</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:BT13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="138.731414794922" customWidth="1"/>
+    <col min="1" max="1" width="139.869979858398" customWidth="1"/>
     <col min="2" max="2" width="119.355354309082" customWidth="1"/>
     <col min="3" max="3" width="16.7160453796387" customWidth="1"/>
     <col min="4" max="4" width="24.6175117492676" customWidth="1"/>
     <col min="5" max="5" width="79.7877578735352" customWidth="1"/>
     <col min="6" max="6" width="19.0595378875732" customWidth="1"/>
     <col min="7" max="7" width="22.3024425506592" customWidth="1"/>
     <col min="8" max="8" width="65.0319061279297" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="9.140625" customWidth="1"/>
     <col min="11" max="11" width="9.140625" customWidth="1"/>
     <col min="12" max="12" width="9.140625" customWidth="1"/>
     <col min="13" max="13" width="9.140625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="9.140625" customWidth="1"/>
     <col min="17" max="17" width="9.140625" customWidth="1"/>
     <col min="18" max="18" width="9.140625" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -4219,51 +4219,51 @@
         <v>220</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>221</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>222</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>223</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:BQ12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="138.731414794922" customWidth="1"/>
+    <col min="1" max="1" width="139.869979858398" customWidth="1"/>
     <col min="2" max="2" width="13.1576662063599" customWidth="1"/>
     <col min="3" max="3" width="256" customWidth="1"/>
     <col min="4" max="4" width="16.8178310394287" customWidth="1"/>
     <col min="5" max="5" width="34.1710662841797" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="9.140625" customWidth="1"/>
     <col min="11" max="11" width="9.140625" customWidth="1"/>
     <col min="12" max="12" width="9.140625" customWidth="1"/>
     <col min="13" max="13" width="9.140625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="9.140625" customWidth="1"/>
     <col min="17" max="17" width="9.140625" customWidth="1"/>
     <col min="18" max="18" width="9.140625" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -4438,51 +4438,51 @@
         <v>230</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>231</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>232</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>235</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:DL11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="138.731414794922" customWidth="1"/>
+    <col min="1" max="1" width="139.869979858398" customWidth="1"/>
     <col min="2" max="2" width="11.9074773788452" customWidth="1"/>
     <col min="3" max="3" width="12.0073404312134" customWidth="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1"/>
     <col min="5" max="5" width="16.4682579040527" customWidth="1"/>
     <col min="6" max="6" width="16.4163856506348" customWidth="1"/>
     <col min="7" max="7" width="14.1586542129517" customWidth="1"/>
     <col min="8" max="8" width="16.8507900238037" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="14.0951719284058" customWidth="1"/>
     <col min="11" max="11" width="46.6056823730469" customWidth="1"/>
     <col min="12" max="12" width="16.1050109863281" customWidth="1"/>
     <col min="13" max="13" width="12.3197755813599" customWidth="1"/>
     <col min="14" max="14" width="11.0761251449585" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="13.9987125396729" customWidth="1"/>
     <col min="17" max="17" width="10.6951723098755" customWidth="1"/>
     <col min="18" max="18" width="9.46847057342529" customWidth="1"/>
     <col min="19" max="19" width="21.9337024688721" customWidth="1"/>
     <col min="20" max="20" width="24.5701885223389" customWidth="1"/>
     <col min="21" max="21" width="14.0015459060669" customWidth="1"/>
     <col min="22" max="22" width="16.8960285186768" customWidth="1"/>
     <col min="23" max="23" width="17.7794742584229" customWidth="1"/>
     <col min="24" max="24" width="15.9452333450317" customWidth="1"/>
     <col min="25" max="25" width="25.0347747802734" customWidth="1"/>
     <col min="26" max="26" width="22.8609447479248" customWidth="1"/>