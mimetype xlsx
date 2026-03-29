--- v1 (2026-03-29)
+++ v2 (2026-03-29)
@@ -23,51 +23,51 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="BOTANICALRECORDS" sheetId="1" r:id="rId1"/>
     <sheet name="SPECIMENBARCODE" sheetId="2" r:id="rId3"/>
     <sheet name="TAXONDESCRIPTIONS" sheetId="3" r:id="rId4"/>
     <sheet name="LITERATURE" sheetId="4" r:id="rId5"/>
     <sheet name="USES" sheetId="5" r:id="rId6"/>
     <sheet name="TAXON" sheetId="6" r:id="rId7"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="305" uniqueCount="305">
   <si>
     <t>Biodiversity Advisor Search Results</t>
   </si>
   <si>
-    <t xml:space="preserve">Downloaded from Biodiversity Advisor (https://biodiversityadvisor.sanbi.org)  [Accessed (please insert date of download 3/29/2026 12:26:04 PM.</t>
+    <t xml:space="preserve">Downloaded from Biodiversity Advisor (https://biodiversityadvisor.sanbi.org)  [Accessed (please insert date of download 3/29/2026 2:00:08 PM.</t>
   </si>
   <si>
     <t>Acknowledgement and attribution</t>
   </si>
   <si>
     <t>South African National Biodiversity Institute. 2023. Available: https://biodiversityadvisor.sanbi.org</t>
   </si>
   <si>
     <t>ELEVATION</t>
   </si>
   <si>
     <t>CULTIVATED</t>
   </si>
   <si>
     <t>MUSEUMCODE</t>
   </si>
   <si>
     <t>LOCALITYNOTES</t>
   </si>
   <si>
     <t>COLLECTIONYEAR</t>
   </si>
   <si>
     <t>LLRESOLUTION</t>
   </si>
@@ -996,51 +996,51 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:CD31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="139.869979858398" customWidth="1"/>
+    <col min="1" max="1" width="138.606475830078" customWidth="1"/>
     <col min="2" max="2" width="14.1555633544922" customWidth="1"/>
     <col min="3" max="3" width="16.2056007385254" customWidth="1"/>
     <col min="4" max="4" width="73.6049957275391" customWidth="1"/>
     <col min="5" max="5" width="18.9249477386475" customWidth="1"/>
     <col min="6" max="6" width="16.4443302154541" customWidth="1"/>
     <col min="7" max="7" width="16.4186573028564" customWidth="1"/>
     <col min="8" max="8" width="16.128345489502" customWidth="1"/>
     <col min="9" max="9" width="83.2320556640625" customWidth="1"/>
     <col min="10" max="10" width="16.3991889953613" customWidth="1"/>
     <col min="11" max="11" width="19.5752983093262" customWidth="1"/>
     <col min="12" max="12" width="17.8236141204834" customWidth="1"/>
     <col min="13" max="13" width="16.3280620574951" customWidth="1"/>
     <col min="14" max="14" width="185.063339233398" customWidth="1"/>
     <col min="15" max="15" width="20.2256126403809" customWidth="1"/>
     <col min="16" max="16" width="21.1659736633301" customWidth="1"/>
     <col min="17" max="17" width="51.5294723510742" customWidth="1"/>
     <col min="18" max="18" width="15.2131252288818" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -2409,51 +2409,51 @@
         <v>41</v>
       </c>
       <c r="P31" s="0" t="s">
         <v>153</v>
       </c>
       <c r="Q31" s="0" t="s">
         <v>154</v>
       </c>
       <c r="R31" s="0" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:BX35"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="139.869979858398" customWidth="1"/>
+    <col min="1" max="1" width="138.606475830078" customWidth="1"/>
     <col min="2" max="2" width="18.9249477386475" customWidth="1"/>
     <col min="3" max="3" width="16.8503913879395" customWidth="1"/>
     <col min="4" max="4" width="16.4186573028564" customWidth="1"/>
     <col min="5" max="5" width="17.5667171478271" customWidth="1"/>
     <col min="6" max="6" width="17.8236141204834" customWidth="1"/>
     <col min="7" max="7" width="17.1952381134033" customWidth="1"/>
     <col min="8" max="8" width="21.9820461273193" customWidth="1"/>
     <col min="9" max="9" width="40.2018508911133" customWidth="1"/>
     <col min="10" max="10" width="63.0541000366211" customWidth="1"/>
     <col min="11" max="11" width="21.1659736633301" customWidth="1"/>
     <col min="12" max="12" width="21.3445873260498" customWidth="1"/>
     <col min="13" max="13" width="9.140625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="9.140625" customWidth="1"/>
     <col min="17" max="17" width="9.140625" customWidth="1"/>
     <col min="18" max="18" width="9.140625" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -3572,51 +3572,51 @@
         <v>162</v>
       </c>
       <c r="J35" s="0" t="s">
         <v>22</v>
       </c>
       <c r="K35" s="0" t="s">
         <v>153</v>
       </c>
       <c r="L35" s="0" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:BQ21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="139.869979858398" customWidth="1"/>
+    <col min="1" max="1" width="138.606475830078" customWidth="1"/>
     <col min="2" max="2" width="12.666654586792" customWidth="1"/>
     <col min="3" max="3" width="12.9443483352661" customWidth="1"/>
     <col min="4" max="4" width="245.254837036133" customWidth="1"/>
     <col min="5" max="5" width="256" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="9.140625" customWidth="1"/>
     <col min="11" max="11" width="9.140625" customWidth="1"/>
     <col min="12" max="12" width="9.140625" customWidth="1"/>
     <col min="13" max="13" width="9.140625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="9.140625" customWidth="1"/>
     <col min="17" max="17" width="9.140625" customWidth="1"/>
     <col min="18" max="18" width="9.140625" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -3944,51 +3944,51 @@
         <v>199</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>181</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>182</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>200</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:BT13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="139.869979858398" customWidth="1"/>
+    <col min="1" max="1" width="138.606475830078" customWidth="1"/>
     <col min="2" max="2" width="119.355354309082" customWidth="1"/>
     <col min="3" max="3" width="16.7160453796387" customWidth="1"/>
     <col min="4" max="4" width="24.6175117492676" customWidth="1"/>
     <col min="5" max="5" width="79.7877578735352" customWidth="1"/>
     <col min="6" max="6" width="19.0595378875732" customWidth="1"/>
     <col min="7" max="7" width="22.3024425506592" customWidth="1"/>
     <col min="8" max="8" width="65.0319061279297" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="9.140625" customWidth="1"/>
     <col min="11" max="11" width="9.140625" customWidth="1"/>
     <col min="12" max="12" width="9.140625" customWidth="1"/>
     <col min="13" max="13" width="9.140625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="9.140625" customWidth="1"/>
     <col min="17" max="17" width="9.140625" customWidth="1"/>
     <col min="18" max="18" width="9.140625" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -4219,51 +4219,51 @@
         <v>220</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>221</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>222</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>223</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:BQ12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="139.869979858398" customWidth="1"/>
+    <col min="1" max="1" width="138.606475830078" customWidth="1"/>
     <col min="2" max="2" width="13.1576662063599" customWidth="1"/>
     <col min="3" max="3" width="256" customWidth="1"/>
     <col min="4" max="4" width="16.8178310394287" customWidth="1"/>
     <col min="5" max="5" width="34.1710662841797" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="9.140625" customWidth="1"/>
     <col min="11" max="11" width="9.140625" customWidth="1"/>
     <col min="12" max="12" width="9.140625" customWidth="1"/>
     <col min="13" max="13" width="9.140625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="9.140625" customWidth="1"/>
     <col min="17" max="17" width="9.140625" customWidth="1"/>
     <col min="18" max="18" width="9.140625" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -4438,51 +4438,51 @@
         <v>230</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>231</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>232</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>235</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:DL11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="139.869979858398" customWidth="1"/>
+    <col min="1" max="1" width="138.606475830078" customWidth="1"/>
     <col min="2" max="2" width="11.9074773788452" customWidth="1"/>
     <col min="3" max="3" width="12.0073404312134" customWidth="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1"/>
     <col min="5" max="5" width="16.4682579040527" customWidth="1"/>
     <col min="6" max="6" width="16.4163856506348" customWidth="1"/>
     <col min="7" max="7" width="14.1586542129517" customWidth="1"/>
     <col min="8" max="8" width="16.8507900238037" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="14.0951719284058" customWidth="1"/>
     <col min="11" max="11" width="46.6056823730469" customWidth="1"/>
     <col min="12" max="12" width="16.1050109863281" customWidth="1"/>
     <col min="13" max="13" width="12.3197755813599" customWidth="1"/>
     <col min="14" max="14" width="11.0761251449585" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="13.9987125396729" customWidth="1"/>
     <col min="17" max="17" width="10.6951723098755" customWidth="1"/>
     <col min="18" max="18" width="9.46847057342529" customWidth="1"/>
     <col min="19" max="19" width="21.9337024688721" customWidth="1"/>
     <col min="20" max="20" width="24.5701885223389" customWidth="1"/>
     <col min="21" max="21" width="14.0015459060669" customWidth="1"/>
     <col min="22" max="22" width="16.8960285186768" customWidth="1"/>
     <col min="23" max="23" width="17.7794742584229" customWidth="1"/>
     <col min="24" max="24" width="15.9452333450317" customWidth="1"/>
     <col min="25" max="25" width="25.0347747802734" customWidth="1"/>
     <col min="26" max="26" width="22.8609447479248" customWidth="1"/>