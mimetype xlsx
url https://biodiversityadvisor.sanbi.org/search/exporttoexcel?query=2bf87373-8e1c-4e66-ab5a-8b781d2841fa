--- v0 (2026-01-11)
+++ v1 (2026-03-04)
@@ -21,51 +21,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="BOTANICALRECORDS" sheetId="1" r:id="rId1"/>
     <sheet name="SPECIMENBARCODE" sheetId="2" r:id="rId3"/>
     <sheet name="TAXONDESCRIPTIONS" sheetId="3" r:id="rId4"/>
     <sheet name="LITERATURE" sheetId="4" r:id="rId5"/>
     <sheet name="TAXON" sheetId="5" r:id="rId6"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="239" uniqueCount="239">
   <si>
     <t>Biodiversity Advisor Search Results</t>
   </si>
   <si>
-    <t xml:space="preserve">Downloaded from Biodiversity Advisor (https://biodiversityadvisor.sanbi.org)  [Accessed (please insert date of download 1/11/2026 9:37:07 AM.</t>
+    <t xml:space="preserve">Downloaded from Biodiversity Advisor (https://biodiversityadvisor.sanbi.org)  [Accessed (please insert date of download 3/4/2026 4:28:03 PM.</t>
   </si>
   <si>
     <t>Acknowledgement and attribution</t>
   </si>
   <si>
     <t>South African National Biodiversity Institute. 2023. Available: https://biodiversityadvisor.sanbi.org</t>
   </si>
   <si>
     <t>ELEVATION</t>
   </si>
   <si>
     <t>CULTIVATED</t>
   </si>
   <si>
     <t>MUSEUMCODE</t>
   </si>
   <si>
     <t>LOCALITYNOTES</t>
   </si>
   <si>
     <t>COLLECTIONYEAR</t>
   </si>
   <si>
     <t>LLRESOLUTION</t>
   </si>
@@ -793,51 +793,51 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:CD26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="138.731414794922" customWidth="1"/>
+    <col min="1" max="1" width="137.342971801758" customWidth="1"/>
     <col min="2" max="2" width="14.1555633544922" customWidth="1"/>
     <col min="3" max="3" width="16.2056007385254" customWidth="1"/>
     <col min="4" max="4" width="108.232498168945" customWidth="1"/>
     <col min="5" max="5" width="18.9249477386475" customWidth="1"/>
     <col min="6" max="6" width="16.4443302154541" customWidth="1"/>
     <col min="7" max="7" width="16.4186573028564" customWidth="1"/>
     <col min="8" max="8" width="16.128345489502" customWidth="1"/>
     <col min="9" max="9" width="102.879707336426" customWidth="1"/>
     <col min="10" max="10" width="16.3991889953613" customWidth="1"/>
     <col min="11" max="11" width="19.5752983093262" customWidth="1"/>
     <col min="12" max="12" width="17.8236141204834" customWidth="1"/>
     <col min="13" max="13" width="17.7440147399902" customWidth="1"/>
     <col min="14" max="14" width="17.2461185455322" customWidth="1"/>
     <col min="15" max="15" width="20.2256126403809" customWidth="1"/>
     <col min="16" max="16" width="21.1659736633301" customWidth="1"/>
     <col min="17" max="17" width="77.2566757202148" customWidth="1"/>
     <col min="18" max="18" width="15.2131252288818" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -1926,51 +1926,51 @@
         <v>32</v>
       </c>
       <c r="P26" s="0" t="s">
         <v>53</v>
       </c>
       <c r="Q26" s="0" t="s">
         <v>22</v>
       </c>
       <c r="R26" s="0" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:BX28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="138.731414794922" customWidth="1"/>
+    <col min="1" max="1" width="137.342971801758" customWidth="1"/>
     <col min="2" max="2" width="18.9249477386475" customWidth="1"/>
     <col min="3" max="3" width="16.8503913879395" customWidth="1"/>
     <col min="4" max="4" width="16.4186573028564" customWidth="1"/>
     <col min="5" max="5" width="17.5667171478271" customWidth="1"/>
     <col min="6" max="6" width="17.8236141204834" customWidth="1"/>
     <col min="7" max="7" width="17.7440147399902" customWidth="1"/>
     <col min="8" max="8" width="21.9820461273193" customWidth="1"/>
     <col min="9" max="9" width="41.4017524719238" customWidth="1"/>
     <col min="10" max="10" width="63.0541000366211" customWidth="1"/>
     <col min="11" max="11" width="21.1659736633301" customWidth="1"/>
     <col min="12" max="12" width="21.8918418884277" customWidth="1"/>
     <col min="13" max="13" width="9.140625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="9.140625" customWidth="1"/>
     <col min="17" max="17" width="9.140625" customWidth="1"/>
     <col min="18" max="18" width="9.140625" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -2823,51 +2823,51 @@
         <v>120</v>
       </c>
       <c r="J28" s="0" t="s">
         <v>22</v>
       </c>
       <c r="K28" s="0" t="s">
         <v>53</v>
       </c>
       <c r="L28" s="0" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:BQ17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="138.731414794922" customWidth="1"/>
+    <col min="1" max="1" width="137.342971801758" customWidth="1"/>
     <col min="2" max="2" width="12.666654586792" customWidth="1"/>
     <col min="3" max="3" width="12.9443483352661" customWidth="1"/>
     <col min="4" max="4" width="245.528945922852" customWidth="1"/>
     <col min="5" max="5" width="256" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="9.140625" customWidth="1"/>
     <col min="11" max="11" width="9.140625" customWidth="1"/>
     <col min="12" max="12" width="9.140625" customWidth="1"/>
     <col min="13" max="13" width="9.140625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="9.140625" customWidth="1"/>
     <col min="17" max="17" width="9.140625" customWidth="1"/>
     <col min="18" max="18" width="9.140625" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -3127,51 +3127,51 @@
         <v>149</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>136</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>137</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>150</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:BT12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="138.731414794922" customWidth="1"/>
+    <col min="1" max="1" width="137.342971801758" customWidth="1"/>
     <col min="2" max="2" width="86.9814682006836" customWidth="1"/>
     <col min="3" max="3" width="16.7160453796387" customWidth="1"/>
     <col min="4" max="4" width="24.6175117492676" customWidth="1"/>
     <col min="5" max="5" width="79.7877578735352" customWidth="1"/>
     <col min="6" max="6" width="19.0595378875732" customWidth="1"/>
     <col min="7" max="7" width="23.7346935272217" customWidth="1"/>
     <col min="8" max="8" width="65.0319061279297" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="9.140625" customWidth="1"/>
     <col min="11" max="11" width="9.140625" customWidth="1"/>
     <col min="12" max="12" width="9.140625" customWidth="1"/>
     <col min="13" max="13" width="9.140625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="9.140625" customWidth="1"/>
     <col min="17" max="17" width="9.140625" customWidth="1"/>
     <col min="18" max="18" width="9.140625" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -3376,51 +3376,51 @@
         <v>167</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>168</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>169</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>170</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:DL11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="138.731414794922" customWidth="1"/>
+    <col min="1" max="1" width="137.342971801758" customWidth="1"/>
     <col min="2" max="2" width="11.9074773788452" customWidth="1"/>
     <col min="3" max="3" width="12.0073404312134" customWidth="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1"/>
     <col min="5" max="5" width="16.4682579040527" customWidth="1"/>
     <col min="6" max="6" width="16.4163856506348" customWidth="1"/>
     <col min="7" max="7" width="14.1586542129517" customWidth="1"/>
     <col min="8" max="8" width="16.8507900238037" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="14.0951719284058" customWidth="1"/>
     <col min="11" max="11" width="46.6056823730469" customWidth="1"/>
     <col min="12" max="12" width="16.1050109863281" customWidth="1"/>
     <col min="13" max="13" width="12.3197755813599" customWidth="1"/>
     <col min="14" max="14" width="11.0761251449585" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="13.9987125396729" customWidth="1"/>
     <col min="17" max="17" width="12.5237836837769" customWidth="1"/>
     <col min="18" max="18" width="9.46847057342529" customWidth="1"/>
     <col min="19" max="19" width="21.9337024688721" customWidth="1"/>
     <col min="20" max="20" width="24.5701885223389" customWidth="1"/>
     <col min="21" max="21" width="14.0015459060669" customWidth="1"/>
     <col min="22" max="22" width="16.8960285186768" customWidth="1"/>
     <col min="23" max="23" width="17.7794742584229" customWidth="1"/>
     <col min="24" max="24" width="15.9452333450317" customWidth="1"/>
     <col min="25" max="25" width="21.8918418884277" customWidth="1"/>
     <col min="26" max="26" width="22.8609447479248" customWidth="1"/>