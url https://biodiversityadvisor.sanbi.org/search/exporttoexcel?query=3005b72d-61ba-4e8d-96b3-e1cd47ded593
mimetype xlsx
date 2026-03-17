--- v0 (2026-01-31)
+++ v1 (2026-03-17)
@@ -23,51 +23,51 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="SYNONYMS" sheetId="1" r:id="rId1"/>
     <sheet name="BOTANICALRECORDS" sheetId="2" r:id="rId3"/>
     <sheet name="SPECIMENBARCODE" sheetId="3" r:id="rId4"/>
     <sheet name="TAXONDESCRIPTIONS" sheetId="4" r:id="rId5"/>
     <sheet name="LITERATURE" sheetId="5" r:id="rId6"/>
     <sheet name="TAXON" sheetId="6" r:id="rId7"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="225">
   <si>
     <t>Biodiversity Advisor Search Results</t>
   </si>
   <si>
-    <t xml:space="preserve">Downloaded from Biodiversity Advisor (https://biodiversityadvisor.sanbi.org)  [Accessed (please insert date of download 1/31/2026 1:49:46 PM.</t>
+    <t xml:space="preserve">Downloaded from Biodiversity Advisor (https://biodiversityadvisor.sanbi.org)  [Accessed (please insert date of download 3/17/2026 4:40:10 PM.</t>
   </si>
   <si>
     <t>Acknowledgement and attribution</t>
   </si>
   <si>
     <t>South African National Biodiversity Institute. 2023. Available: https://biodiversityadvisor.sanbi.org</t>
   </si>
   <si>
     <t>CALCFULLNAME</t>
   </si>
   <si>
     <t>NOMENCLATURENOTE</t>
   </si>
   <si>
     <t>ACC_PROTOLOGUECITATION</t>
   </si>
   <si>
     <t>TAXSTATUS</t>
   </si>
   <si>
     <t>TYPENOTE</t>
   </si>
   <si>
     <t>CALCACCEPTEDNAME</t>
   </si>