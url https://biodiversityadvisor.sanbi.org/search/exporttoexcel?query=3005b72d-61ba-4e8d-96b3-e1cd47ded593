--- v1 (2026-03-17)
+++ v2 (2026-03-17)
@@ -23,51 +23,51 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="SYNONYMS" sheetId="1" r:id="rId1"/>
     <sheet name="BOTANICALRECORDS" sheetId="2" r:id="rId3"/>
     <sheet name="SPECIMENBARCODE" sheetId="3" r:id="rId4"/>
     <sheet name="TAXONDESCRIPTIONS" sheetId="4" r:id="rId5"/>
     <sheet name="LITERATURE" sheetId="5" r:id="rId6"/>
     <sheet name="TAXON" sheetId="6" r:id="rId7"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="225">
   <si>
     <t>Biodiversity Advisor Search Results</t>
   </si>
   <si>
-    <t xml:space="preserve">Downloaded from Biodiversity Advisor (https://biodiversityadvisor.sanbi.org)  [Accessed (please insert date of download 3/17/2026 4:40:10 PM.</t>
+    <t xml:space="preserve">Downloaded from Biodiversity Advisor (https://biodiversityadvisor.sanbi.org)  [Accessed (please insert date of download 3/17/2026 6:02:26 PM.</t>
   </si>
   <si>
     <t>Acknowledgement and attribution</t>
   </si>
   <si>
     <t>South African National Biodiversity Institute. 2023. Available: https://biodiversityadvisor.sanbi.org</t>
   </si>
   <si>
     <t>CALCFULLNAME</t>
   </si>
   <si>
     <t>NOMENCLATURENOTE</t>
   </si>
   <si>
     <t>ACC_PROTOLOGUECITATION</t>
   </si>
   <si>
     <t>TAXSTATUS</t>
   </si>
   <si>
     <t>TYPENOTE</t>
   </si>
   <si>
     <t>CALCACCEPTEDNAME</t>
   </si>