--- v0 (2026-02-11)
+++ v1 (2026-03-31)
@@ -27,51 +27,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="COMMONNAMES" sheetId="1" r:id="rId1"/>
     <sheet name="COMMONNAMESDISTINCT" sheetId="2" r:id="rId3"/>
     <sheet name="TAXONDESCRIPTIONS" sheetId="3" r:id="rId4"/>
     <sheet name="BOTANICALRECORDS" sheetId="4" r:id="rId5"/>
     <sheet name="USES" sheetId="5" r:id="rId6"/>
     <sheet name="LITERATURE" sheetId="6" r:id="rId7"/>
     <sheet name="SPECIMENBARCODE" sheetId="7" r:id="rId8"/>
     <sheet name="TAXON" sheetId="8" r:id="rId9"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="519" uniqueCount="519">
   <si>
     <t>Biodiversity Advisor Search Results</t>
   </si>
   <si>
-    <t xml:space="preserve">Downloaded from Biodiversity Advisor (https://biodiversityadvisor.sanbi.org)  [Accessed (please insert date of download 2/11/2026 4:26:18 AM.</t>
+    <t xml:space="preserve">Downloaded from Biodiversity Advisor (https://biodiversityadvisor.sanbi.org)  [Accessed (please insert date of download 3/31/2026 2:15:43 PM.</t>
   </si>
   <si>
     <t>Acknowledgement and attribution</t>
   </si>
   <si>
     <t>South African National Biodiversity Institute. 2023. Available: https://biodiversityadvisor.sanbi.org</t>
   </si>
   <si>
     <t>VERNACULARNAME</t>
   </si>
   <si>
     <t>LANGUAGE</t>
   </si>
   <si>
     <t>BIBLIO_BARCODE</t>
   </si>
   <si>
     <t>CALCFULLNAME</t>
   </si>
   <si>
     <t>TAXSTATUS</t>
   </si>
   <si>
     <t>COLLECTIONEVENTID</t>
   </si>
@@ -1641,51 +1641,51 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:BR13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="138.731414794922" customWidth="1"/>
+    <col min="1" max="1" width="138.606475830078" customWidth="1"/>
     <col min="2" max="2" width="12.3162364959717" customWidth="1"/>
     <col min="3" max="3" width="210.320953369141" customWidth="1"/>
     <col min="4" max="4" width="21.7220420837402" customWidth="1"/>
     <col min="5" max="5" width="16.9591541290283" customWidth="1"/>
     <col min="6" max="6" width="22.5282649993896" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="9.140625" customWidth="1"/>
     <col min="11" max="11" width="9.140625" customWidth="1"/>
     <col min="12" max="12" width="9.140625" customWidth="1"/>
     <col min="13" max="13" width="9.140625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="9.140625" customWidth="1"/>
     <col min="17" max="17" width="9.140625" customWidth="1"/>
     <col min="18" max="18" width="9.140625" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -1890,51 +1890,51 @@
         <v>12</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:BM13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="138.731414794922" customWidth="1"/>
+    <col min="1" max="1" width="138.606475830078" customWidth="1"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="9.140625" customWidth="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1"/>
     <col min="5" max="5" width="9.140625" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="9.140625" customWidth="1"/>
     <col min="11" max="11" width="9.140625" customWidth="1"/>
     <col min="12" max="12" width="9.140625" customWidth="1"/>
     <col min="13" max="13" width="9.140625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="9.140625" customWidth="1"/>
     <col min="17" max="17" width="9.140625" customWidth="1"/>
     <col min="18" max="18" width="9.140625" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -2074,51 +2074,51 @@
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:BQ18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="138.731414794922" customWidth="1"/>
+    <col min="1" max="1" width="138.606475830078" customWidth="1"/>
     <col min="2" max="2" width="12.666654586792" customWidth="1"/>
     <col min="3" max="3" width="256" customWidth="1"/>
     <col min="4" max="4" width="169.896682739258" customWidth="1"/>
     <col min="5" max="5" width="12.9443483352661" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="9.140625" customWidth="1"/>
     <col min="11" max="11" width="9.140625" customWidth="1"/>
     <col min="12" max="12" width="9.140625" customWidth="1"/>
     <col min="13" max="13" width="9.140625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="9.140625" customWidth="1"/>
     <col min="17" max="17" width="9.140625" customWidth="1"/>
     <col min="18" max="18" width="9.140625" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -2395,51 +2395,51 @@
         <v>36</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:CD65"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="138.731414794922" customWidth="1"/>
+    <col min="1" max="1" width="138.606475830078" customWidth="1"/>
     <col min="2" max="2" width="98.4968338012695" customWidth="1"/>
     <col min="3" max="3" width="17.6979579925537" customWidth="1"/>
     <col min="4" max="4" width="16.906587600708" customWidth="1"/>
     <col min="5" max="5" width="12.8431949615479" customWidth="1"/>
     <col min="6" max="6" width="18.9249477386475" customWidth="1"/>
     <col min="7" max="7" width="17.8236141204834" customWidth="1"/>
     <col min="8" max="8" width="21.1659736633301" customWidth="1"/>
     <col min="9" max="9" width="217.219711303711" customWidth="1"/>
     <col min="10" max="10" width="16.462718963623" customWidth="1"/>
     <col min="11" max="11" width="16.3991889953613" customWidth="1"/>
     <col min="12" max="12" width="20.2256126403809" customWidth="1"/>
     <col min="13" max="13" width="16.4186573028564" customWidth="1"/>
     <col min="14" max="14" width="14.1555633544922" customWidth="1"/>
     <col min="15" max="15" width="19.5752983093262" customWidth="1"/>
     <col min="16" max="16" width="16.2056007385254" customWidth="1"/>
     <col min="17" max="17" width="16.4443302154541" customWidth="1"/>
     <col min="18" max="18" width="256" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -5712,51 +5712,51 @@
         <v>15</v>
       </c>
       <c r="P65" s="0" t="s">
         <v>148</v>
       </c>
       <c r="Q65" s="0" t="s">
         <v>15</v>
       </c>
       <c r="R65" s="0" t="s">
         <v>369</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:BQ18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="138.731414794922" customWidth="1"/>
+    <col min="1" max="1" width="138.606475830078" customWidth="1"/>
     <col min="2" max="2" width="13.0887651443481" customWidth="1"/>
     <col min="3" max="3" width="37.8647537231445" customWidth="1"/>
     <col min="4" max="4" width="19.3058948516846" customWidth="1"/>
     <col min="5" max="5" width="111.96223449707" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="9.140625" customWidth="1"/>
     <col min="11" max="11" width="9.140625" customWidth="1"/>
     <col min="12" max="12" width="9.140625" customWidth="1"/>
     <col min="13" max="13" width="9.140625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="9.140625" customWidth="1"/>
     <col min="17" max="17" width="9.140625" customWidth="1"/>
     <col min="18" max="18" width="9.140625" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -6033,51 +6033,51 @@
         <v>395</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>396</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>386</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:BT12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="138.731414794922" customWidth="1"/>
+    <col min="1" max="1" width="138.606475830078" customWidth="1"/>
     <col min="2" max="2" width="19.0595378875732" customWidth="1"/>
     <col min="3" max="3" width="76.2137298583984" customWidth="1"/>
     <col min="4" max="4" width="26.4853954315186" customWidth="1"/>
     <col min="5" max="5" width="84.8860626220703" customWidth="1"/>
     <col min="6" max="6" width="35.3396873474121" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="16.7160453796387" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="9.140625" customWidth="1"/>
     <col min="11" max="11" width="9.140625" customWidth="1"/>
     <col min="12" max="12" width="9.140625" customWidth="1"/>
     <col min="13" max="13" width="9.140625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="9.140625" customWidth="1"/>
     <col min="17" max="17" width="9.140625" customWidth="1"/>
     <col min="18" max="18" width="9.140625" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -6282,51 +6282,51 @@
         <v>415</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>416</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:BX78"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="138.731414794922" customWidth="1"/>
+    <col min="1" max="1" width="138.606475830078" customWidth="1"/>
     <col min="2" max="2" width="21.9820461273193" customWidth="1"/>
     <col min="3" max="3" width="16.462718963623" customWidth="1"/>
     <col min="4" max="4" width="16.4186573028564" customWidth="1"/>
     <col min="5" max="5" width="18.9249477386475" customWidth="1"/>
     <col min="6" max="6" width="21.1659736633301" customWidth="1"/>
     <col min="7" max="7" width="17.8236141204834" customWidth="1"/>
     <col min="8" max="8" width="16.8503913879395" customWidth="1"/>
     <col min="9" max="9" width="17.5667171478271" customWidth="1"/>
     <col min="10" max="10" width="21.3445873260498" customWidth="1"/>
     <col min="11" max="11" width="11.8522176742554" customWidth="1"/>
     <col min="12" max="12" width="17.1655139923096" customWidth="1"/>
     <col min="13" max="13" width="9.140625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="9.140625" customWidth="1"/>
     <col min="17" max="17" width="9.140625" customWidth="1"/>
     <col min="18" max="18" width="9.140625" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -8875,51 +8875,51 @@
         <v>15</v>
       </c>
       <c r="I78" s="0" t="s">
         <v>15</v>
       </c>
       <c r="J78" s="0" t="s">
         <v>15</v>
       </c>
       <c r="K78" s="0" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:DL11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="138.731414794922" customWidth="1"/>
+    <col min="1" max="1" width="138.606475830078" customWidth="1"/>
     <col min="2" max="2" width="15.7276439666748" customWidth="1"/>
     <col min="3" max="3" width="12.2438411712646" customWidth="1"/>
     <col min="4" max="4" width="13.7846775054932" customWidth="1"/>
     <col min="5" max="5" width="46.6056823730469" customWidth="1"/>
     <col min="6" max="6" width="13.4709873199463" customWidth="1"/>
     <col min="7" max="7" width="16.8507900238037" customWidth="1"/>
     <col min="8" max="8" width="14.5682554244995" customWidth="1"/>
     <col min="9" max="9" width="17.7794742584229" customWidth="1"/>
     <col min="10" max="10" width="12.1046600341797" customWidth="1"/>
     <col min="11" max="11" width="12.8795032501221" customWidth="1"/>
     <col min="12" max="12" width="10.6973857879639" customWidth="1"/>
     <col min="13" max="13" width="11.2328100204468" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="12.3193073272705" customWidth="1"/>
     <col min="16" max="16" width="13.371413230896" customWidth="1"/>
     <col min="17" max="17" width="14.0015459060669" customWidth="1"/>
     <col min="18" max="18" width="9.62744140625" customWidth="1"/>
     <col min="19" max="19" width="14.1586542129517" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="12.3197755813599" customWidth="1"/>
     <col min="22" max="22" width="11.0761251449585" customWidth="1"/>
     <col min="23" max="23" width="23.2858848571777" customWidth="1"/>
     <col min="24" max="24" width="26.8468170166016" customWidth="1"/>
     <col min="25" max="25" width="23.4107551574707" customWidth="1"/>
     <col min="26" max="26" width="21.9337024688721" customWidth="1"/>