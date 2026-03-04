--- v0 (2026-01-11)
+++ v1 (2026-03-04)
@@ -21,51 +21,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="BOTANICALRECORDS" sheetId="1" r:id="rId1"/>
     <sheet name="SPECIMENBARCODE" sheetId="2" r:id="rId3"/>
     <sheet name="TAXONDESCRIPTIONS" sheetId="3" r:id="rId4"/>
     <sheet name="LITERATURE" sheetId="4" r:id="rId5"/>
     <sheet name="TAXON" sheetId="5" r:id="rId6"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="236">
   <si>
     <t>Biodiversity Advisor Search Results</t>
   </si>
   <si>
-    <t xml:space="preserve">Downloaded from Biodiversity Advisor (https://biodiversityadvisor.sanbi.org)  [Accessed (please insert date of download 1/11/2026 9:58:08 AM.</t>
+    <t xml:space="preserve">Downloaded from Biodiversity Advisor (https://biodiversityadvisor.sanbi.org)  [Accessed (please insert date of download 3/5/2026 12:29:29 AM.</t>
   </si>
   <si>
     <t>Acknowledgement and attribution</t>
   </si>
   <si>
     <t>South African National Biodiversity Institute. 2023. Available: https://biodiversityadvisor.sanbi.org</t>
   </si>
   <si>
     <t>ELEVATION</t>
   </si>
   <si>
     <t>CULTIVATED</t>
   </si>
   <si>
     <t>MUSEUMCODE</t>
   </si>
   <si>
     <t>LOCALITYNOTES</t>
   </si>
   <si>
     <t>COLLECTIONYEAR</t>
   </si>
   <si>
     <t>LLRESOLUTION</t>
   </si>