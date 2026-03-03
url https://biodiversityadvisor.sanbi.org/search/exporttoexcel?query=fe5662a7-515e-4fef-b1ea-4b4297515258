--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -23,51 +23,51 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="SYNONYMS" sheetId="1" r:id="rId1"/>
     <sheet name="BOTANICALRECORDS" sheetId="2" r:id="rId3"/>
     <sheet name="SPECIMENBARCODE" sheetId="3" r:id="rId4"/>
     <sheet name="TAXONDESCRIPTIONS" sheetId="4" r:id="rId5"/>
     <sheet name="LITERATURE" sheetId="5" r:id="rId6"/>
     <sheet name="TAXON" sheetId="6" r:id="rId7"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="896" uniqueCount="896">
   <si>
     <t>Biodiversity Advisor Search Results</t>
   </si>
   <si>
-    <t xml:space="preserve">Downloaded from Biodiversity Advisor (https://biodiversityadvisor.sanbi.org)  [Accessed (please insert date of download 12/16/2025 3:56:49 PM.</t>
+    <t xml:space="preserve">Downloaded from Biodiversity Advisor (https://biodiversityadvisor.sanbi.org)  [Accessed (please insert date of download 3/3/2026 7:28:01 PM.</t>
   </si>
   <si>
     <t>Acknowledgement and attribution</t>
   </si>
   <si>
     <t>South African National Biodiversity Institute. 2023. Available: https://biodiversityadvisor.sanbi.org</t>
   </si>
   <si>
     <t>CALCFULLNAME</t>
   </si>
   <si>
     <t>NOMENCLATURENOTE</t>
   </si>
   <si>
     <t>ACC_PROTOLOGUECITATION</t>
   </si>
   <si>
     <t>TAXSTATUS</t>
   </si>
   <si>
     <t>TYPENOTE</t>
   </si>
   <si>
     <t>CALCACCEPTEDNAME</t>
   </si>
@@ -2767,51 +2767,51 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:BV17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="139.869979858398" customWidth="1"/>
+    <col min="1" max="1" width="137.342971801758" customWidth="1"/>
     <col min="2" max="2" width="22.8609447479248" customWidth="1"/>
     <col min="3" max="3" width="28.8234539031982" customWidth="1"/>
     <col min="4" max="4" width="13.0042209625244" customWidth="1"/>
     <col min="5" max="5" width="12.0073404312134" customWidth="1"/>
     <col min="6" max="6" width="58.123218536377" customWidth="1"/>
     <col min="7" max="7" width="41.6780624389648" customWidth="1"/>
     <col min="8" max="8" width="16.8950748443604" customWidth="1"/>
     <col min="9" max="9" width="29.0559272766113" customWidth="1"/>
     <col min="10" max="10" width="24.0758266448975" customWidth="1"/>
     <col min="11" max="11" width="9.140625" customWidth="1"/>
     <col min="12" max="12" width="9.140625" customWidth="1"/>
     <col min="13" max="13" width="9.140625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="9.140625" customWidth="1"/>
     <col min="17" max="17" width="9.140625" customWidth="1"/>
     <col min="18" max="18" width="9.140625" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -3193,51 +3193,51 @@
         <v>37</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="J17" s="0" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:CD171"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="139.869979858398" customWidth="1"/>
+    <col min="1" max="1" width="137.342971801758" customWidth="1"/>
     <col min="2" max="2" width="14.1555633544922" customWidth="1"/>
     <col min="3" max="3" width="16.2056007385254" customWidth="1"/>
     <col min="4" max="4" width="110.508666992188" customWidth="1"/>
     <col min="5" max="5" width="18.9249477386475" customWidth="1"/>
     <col min="6" max="6" width="16.4443302154541" customWidth="1"/>
     <col min="7" max="7" width="18.0319232940674" customWidth="1"/>
     <col min="8" max="8" width="17.6979579925537" customWidth="1"/>
     <col min="9" max="9" width="187.960906982422" customWidth="1"/>
     <col min="10" max="10" width="16.3991889953613" customWidth="1"/>
     <col min="11" max="11" width="19.5752983093262" customWidth="1"/>
     <col min="12" max="12" width="17.8236141204834" customWidth="1"/>
     <col min="13" max="13" width="19.1839179992676" customWidth="1"/>
     <col min="14" max="14" width="203.073608398438" customWidth="1"/>
     <col min="15" max="15" width="20.2256126403809" customWidth="1"/>
     <col min="16" max="16" width="21.1659736633301" customWidth="1"/>
     <col min="17" max="17" width="197.498825073242" customWidth="1"/>
     <col min="18" max="18" width="16.906587600708" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -12446,51 +12446,51 @@
         <v>143</v>
       </c>
       <c r="P171" s="0" t="s">
         <v>122</v>
       </c>
       <c r="Q171" s="0" t="s">
         <v>15</v>
       </c>
       <c r="R171" s="0" t="s">
         <v>145</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:BX201"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="139.869979858398" customWidth="1"/>
+    <col min="1" max="1" width="137.342971801758" customWidth="1"/>
     <col min="2" max="2" width="18.9249477386475" customWidth="1"/>
     <col min="3" max="3" width="16.8503913879395" customWidth="1"/>
     <col min="4" max="4" width="18.0319232940674" customWidth="1"/>
     <col min="5" max="5" width="17.5667171478271" customWidth="1"/>
     <col min="6" max="6" width="17.8236141204834" customWidth="1"/>
     <col min="7" max="7" width="19.1839179992676" customWidth="1"/>
     <col min="8" max="8" width="21.9820461273193" customWidth="1"/>
     <col min="9" max="9" width="41.1254386901855" customWidth="1"/>
     <col min="10" max="10" width="63.0541000366211" customWidth="1"/>
     <col min="11" max="11" width="21.1659736633301" customWidth="1"/>
     <col min="12" max="12" width="44.5135078430176" customWidth="1"/>
     <col min="13" max="13" width="9.140625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="9.140625" customWidth="1"/>
     <col min="17" max="17" width="9.140625" customWidth="1"/>
     <col min="18" max="18" width="9.140625" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -19917,51 +19917,51 @@
         <v>17</v>
       </c>
       <c r="J201" s="0" t="s">
         <v>15</v>
       </c>
       <c r="K201" s="0" t="s">
         <v>122</v>
       </c>
       <c r="L201" s="0" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:BQ13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="139.869979858398" customWidth="1"/>
+    <col min="1" max="1" width="137.342971801758" customWidth="1"/>
     <col min="2" max="2" width="12.666654586792" customWidth="1"/>
     <col min="3" max="3" width="12.9443483352661" customWidth="1"/>
     <col min="4" max="4" width="252.3681640625" customWidth="1"/>
     <col min="5" max="5" width="256" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="9.140625" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="9.140625" customWidth="1"/>
     <col min="11" max="11" width="9.140625" customWidth="1"/>
     <col min="12" max="12" width="9.140625" customWidth="1"/>
     <col min="13" max="13" width="9.140625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="9.140625" customWidth="1"/>
     <col min="17" max="17" width="9.140625" customWidth="1"/>
     <col min="18" max="18" width="9.140625" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -20153,51 +20153,51 @@
         <v>814</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>809</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>810</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>815</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:BT12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="139.869979858398" customWidth="1"/>
+    <col min="1" max="1" width="137.342971801758" customWidth="1"/>
     <col min="2" max="2" width="58.346981048584" customWidth="1"/>
     <col min="3" max="3" width="16.7160453796387" customWidth="1"/>
     <col min="4" max="4" width="24.6175117492676" customWidth="1"/>
     <col min="5" max="5" width="79.7877578735352" customWidth="1"/>
     <col min="6" max="6" width="19.0595378875732" customWidth="1"/>
     <col min="7" max="7" width="27.6312198638916" customWidth="1"/>
     <col min="8" max="8" width="65.0319061279297" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="9.140625" customWidth="1"/>
     <col min="11" max="11" width="9.140625" customWidth="1"/>
     <col min="12" max="12" width="9.140625" customWidth="1"/>
     <col min="13" max="13" width="9.140625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="9.140625" customWidth="1"/>
     <col min="16" max="16" width="9.140625" customWidth="1"/>
     <col min="17" max="17" width="9.140625" customWidth="1"/>
     <col min="18" max="18" width="9.140625" customWidth="1"/>
     <col min="19" max="19" width="9.140625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
     <col min="21" max="21" width="9.140625" customWidth="1"/>
     <col min="22" max="22" width="9.140625" customWidth="1"/>
     <col min="23" max="23" width="9.140625" customWidth="1"/>
     <col min="24" max="24" width="9.140625" customWidth="1"/>
     <col min="25" max="25" width="9.140625" customWidth="1"/>
     <col min="26" max="26" width="9.140625" customWidth="1"/>
@@ -20402,51 +20402,51 @@
         <v>825</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>826</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>829</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>830</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:DL11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="139.869979858398" customWidth="1"/>
+    <col min="1" max="1" width="137.342971801758" customWidth="1"/>
     <col min="2" max="2" width="11.9074773788452" customWidth="1"/>
     <col min="3" max="3" width="12.0073404312134" customWidth="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1"/>
     <col min="5" max="5" width="16.4682579040527" customWidth="1"/>
     <col min="6" max="6" width="16.4163856506348" customWidth="1"/>
     <col min="7" max="7" width="14.1586542129517" customWidth="1"/>
     <col min="8" max="8" width="16.8507900238037" customWidth="1"/>
     <col min="9" max="9" width="9.140625" customWidth="1"/>
     <col min="10" max="10" width="14.0951719284058" customWidth="1"/>
     <col min="11" max="11" width="46.6056823730469" customWidth="1"/>
     <col min="12" max="12" width="16.1050109863281" customWidth="1"/>
     <col min="13" max="13" width="12.3197755813599" customWidth="1"/>
     <col min="14" max="14" width="11.0761251449585" customWidth="1"/>
     <col min="15" max="15" width="13.1594457626343" customWidth="1"/>
     <col min="16" max="16" width="13.9987125396729" customWidth="1"/>
     <col min="17" max="17" width="9.78272724151611" customWidth="1"/>
     <col min="18" max="18" width="9.46847057342529" customWidth="1"/>
     <col min="19" max="19" width="21.9337024688721" customWidth="1"/>
     <col min="20" max="20" width="24.5701885223389" customWidth="1"/>
     <col min="21" max="21" width="14.0015459060669" customWidth="1"/>
     <col min="22" max="22" width="16.8960285186768" customWidth="1"/>
     <col min="23" max="23" width="17.7794742584229" customWidth="1"/>
     <col min="24" max="24" width="15.9452333450317" customWidth="1"/>
     <col min="25" max="25" width="44.5135078430176" customWidth="1"/>
     <col min="26" max="26" width="22.8609447479248" customWidth="1"/>